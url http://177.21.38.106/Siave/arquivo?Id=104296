--- v0 (2025-10-09)
+++ v1 (2026-01-23)
@@ -1,89 +1,91 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <!-- Generated by Aspose.Words for .NET 20.11.0 -->
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
         <w:ind w:right="675"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="002464B7">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="002464B7">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2205"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002464B7" w:rsidP="002464B7">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002464B7" w:rsidRDefault="00E220B3" w:rsidP="002464B7">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:right="298"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PROJETO</w:t>
       </w:r>
       <w:r w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
@@ -112,132 +114,114 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>LEI</w:t>
       </w:r>
       <w:r w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="00EE4A69">
+      <w:r w:rsidR="00EE4A69" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nº        </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002464B7">
+        <w:t>Nº</w:t>
+      </w:r>
+      <w:r w:rsidR="00F256A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002464B7" w:rsidR="00EE4A69">
+        <w:t xml:space="preserve"> 57/</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00EE4A69" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">       2025</w:t>
+        <w:t>2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002464B7" w:rsidP="002464B7">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002464B7" w:rsidRDefault="00E220B3" w:rsidP="002464B7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ESTIMA A RECEITA E FIXA A DESPESA</w:t>
       </w:r>
       <w:r w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="80"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -250,487 +234,478 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DO MUNICIPIO PARA O EXERCÍC</w:t>
       </w:r>
       <w:r w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IO DE 2026</w:t>
       </w:r>
       <w:r w:rsidR="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, QUE ESPECIFICA.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="002464B7">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="002464B7">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="1134" w:firstLine="4758"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002464B7" w:rsidP="002464B7">
+    <w:p w:rsidR="002464B7" w:rsidRDefault="00E220B3" w:rsidP="002464B7">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prefeito</w:t>
       </w:r>
       <w:r w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Municipal de Bebedouro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, usando de suas atribuições legais,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="002464B7">
+      <w:pPr>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fa</w:t>
+      </w:r>
+      <w:r w:rsidR="002464B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saber</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="002B14C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>â</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mara</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Municipal</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7">
-[...14 lines deleted...]
-        <w:t>, usando de suas atribuições legais,</w:t>
+      <w:r w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002464B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aprova a seguinte Lei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="002464B7">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...152 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002464B7" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002464B7" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002464B7" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002464B7" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
       <w:pPr>
         <w:ind w:left="257" w:right="298"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CAPITULO</w:t>
       </w:r>
       <w:r w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="15"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002464B7" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002464B7" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
       <w:pPr>
         <w:ind w:left="258" w:right="298"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DISPOSIÇÕES</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PRELIMINARES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00FF3D97">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00FF3D97">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art</w:t>
       </w:r>
-      <w:r w:rsidRPr="00654E1F" w:rsidR="00EE4A69">
+      <w:r w:rsidR="00EE4A69" w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00654E1F" w:rsidR="00EE4A69">
+      <w:r w:rsidR="00EE4A69" w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>º</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
@@ -1032,1094 +1007,1094 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2026,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="13"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>compreendendo:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="002464B7">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="002464B7">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00654E1F">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00654E1F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="388"/>
           <w:tab w:val="left" w:pos="9497"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B14C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Orç</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>amento</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fiscal</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>referente</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aos</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Poderes</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
       <w:r w:rsidR="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Municipio,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="62"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>seus</w:t>
       </w:r>
       <w:r w:rsidR="00FF3D97">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> f</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>undos</w:t>
       </w:r>
       <w:r w:rsidR="00FF3D97">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>especiais,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="59"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B14C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>orgã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="59"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>entidades</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="60"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="59"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B14C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>administraçã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>direta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>indireta.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="002464B7">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="002464B7">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="002464B7">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="002464B7">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidP="00654E1F">
+    <w:p w:rsidR="00C42967" w:rsidRDefault="00E220B3" w:rsidP="00654E1F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2789"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">II </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B14C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Orç</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>amento</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Seguridade</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Social,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>abrangendo</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="60"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>entidades</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="60"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B14C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>orgã</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="60"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002464B7" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="002464B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  ela</w:t>
       </w:r>
       <w:r w:rsidR="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vinculados,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B14C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>administraçã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>direta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="58"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>indireta,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bem</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>como</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="58"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>fundos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>instituidos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mantidos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pelo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Poder</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Publico.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002464B7" w:rsidP="002464B7">
+    <w:p w:rsidR="002464B7" w:rsidRDefault="002464B7" w:rsidP="002464B7">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002464B7" w:rsidRPr="00EE4A69" w:rsidP="002464B7">
+    <w:p w:rsidR="002464B7" w:rsidRPr="00EE4A69" w:rsidRDefault="002464B7" w:rsidP="002464B7">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002464B7" w:rsidP="00EE4A69">
+    <w:p w:rsidR="002464B7" w:rsidRDefault="002464B7" w:rsidP="00EE4A69">
       <w:pPr>
         <w:ind w:left="171" w:right="298"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00654E1F" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00654E1F" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
       <w:pPr>
         <w:ind w:left="171" w:right="298"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CAPITULO</w:t>
       </w:r>
       <w:r w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="15"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00654E1F" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00654E1F" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
       <w:pPr>
         <w:ind w:left="86" w:right="298"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DOS</w:t>
       </w:r>
       <w:r w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
@@ -2220,123 +2195,123 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SEGURIDADE</w:t>
       </w:r>
       <w:r w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SOCIAL</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00654E1F" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00654E1F" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00654E1F" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00654E1F" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00654E1F" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00654E1F" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
       <w:pPr>
         <w:ind w:left="171" w:right="298"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SEÇÃ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00654E1F" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidRPr="00654E1F" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00654E1F" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00654E1F" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00654E1F" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
       <w:pPr>
         <w:ind w:left="258" w:right="298"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DA</w:t>
       </w:r>
       <w:r w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
@@ -2371,1059 +2346,1059 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DA</w:t>
       </w:r>
       <w:r w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>RECEITA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00654E1F" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00654E1F" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidP="002D729D">
+    <w:p w:rsidR="00C42967" w:rsidRDefault="00E220B3" w:rsidP="002D729D">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3909"/>
           <w:tab w:val="left" w:pos="4857"/>
           <w:tab w:val="left" w:pos="6150"/>
           <w:tab w:val="left" w:pos="6495"/>
           <w:tab w:val="left" w:pos="7529"/>
           <w:tab w:val="left" w:pos="8046"/>
           <w:tab w:val="left" w:pos="8821"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00654E1F" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00654E1F" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00654E1F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>º</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="002D729D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Receita</w:t>
       </w:r>
       <w:r w:rsidR="002D729D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B14C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Orç</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>amentaria</w:t>
       </w:r>
       <w:r w:rsidR="002D729D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="002D729D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>estimada</w:t>
       </w:r>
       <w:r w:rsidR="00AE5740">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>na</w:t>
       </w:r>
       <w:r w:rsidR="002B14C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>forma</w:t>
       </w:r>
       <w:r w:rsidR="002D729D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dos</w:t>
       </w:r>
       <w:r w:rsidR="002D729D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>quadros</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I-A,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IV,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>fazem</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>parte</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>integrante</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>desta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lei,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>em</w:t>
       </w:r>
       <w:r w:rsidR="002D729D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R$</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>546.800.531,10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(quinhentos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>quarenta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="61"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>seis</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="61"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D938A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>milhõ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="61"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oitocentos</w:t>
       </w:r>
       <w:r w:rsidR="002D729D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mil,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>quinhentos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>trinta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>um</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>reais</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dez</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>centavos)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>se</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>desdobra</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>em:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005354B8" w:rsidP="002D729D">
+    <w:p w:rsidR="005354B8" w:rsidRDefault="005354B8" w:rsidP="002D729D">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3909"/>
           <w:tab w:val="left" w:pos="4857"/>
           <w:tab w:val="left" w:pos="6150"/>
           <w:tab w:val="left" w:pos="6495"/>
           <w:tab w:val="left" w:pos="7529"/>
           <w:tab w:val="left" w:pos="8046"/>
           <w:tab w:val="left" w:pos="8821"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005354B8" w:rsidP="002D729D">
+    <w:p w:rsidR="005354B8" w:rsidRDefault="005354B8" w:rsidP="002D729D">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3909"/>
           <w:tab w:val="left" w:pos="4857"/>
           <w:tab w:val="left" w:pos="6150"/>
           <w:tab w:val="left" w:pos="6495"/>
           <w:tab w:val="left" w:pos="7529"/>
           <w:tab w:val="left" w:pos="8046"/>
           <w:tab w:val="left" w:pos="8821"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005354B8" w:rsidP="002D729D">
+    <w:p w:rsidR="005354B8" w:rsidRDefault="005354B8" w:rsidP="002D729D">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3909"/>
           <w:tab w:val="left" w:pos="4857"/>
           <w:tab w:val="left" w:pos="6150"/>
           <w:tab w:val="left" w:pos="6495"/>
           <w:tab w:val="left" w:pos="7529"/>
           <w:tab w:val="left" w:pos="8046"/>
           <w:tab w:val="left" w:pos="8821"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005354B8" w:rsidP="002D729D">
+    <w:p w:rsidR="005354B8" w:rsidRDefault="005354B8" w:rsidP="002D729D">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3909"/>
           <w:tab w:val="left" w:pos="4857"/>
           <w:tab w:val="left" w:pos="6150"/>
           <w:tab w:val="left" w:pos="6495"/>
           <w:tab w:val="left" w:pos="7529"/>
           <w:tab w:val="left" w:pos="8046"/>
           <w:tab w:val="left" w:pos="8821"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005354B8" w:rsidRPr="00EE4A69" w:rsidP="002D729D">
+    <w:p w:rsidR="005354B8" w:rsidRPr="00EE4A69" w:rsidRDefault="005354B8" w:rsidP="002D729D">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3909"/>
           <w:tab w:val="left" w:pos="4857"/>
           <w:tab w:val="left" w:pos="6150"/>
           <w:tab w:val="left" w:pos="6495"/>
           <w:tab w:val="left" w:pos="7529"/>
           <w:tab w:val="left" w:pos="8046"/>
           <w:tab w:val="left" w:pos="8821"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="002D729D">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="002D729D">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="002D729D">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="002D729D">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="861"/>
           <w:tab w:val="left" w:pos="2326"/>
           <w:tab w:val="left" w:pos="3705"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="48"/>
@@ -3886,73 +3861,73 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fiscal;</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00450F6B">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00450F6B">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6150"/>
           <w:tab w:val="left" w:pos="8390"/>
           <w:tab w:val="left" w:pos="8735"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="4"/>
           <w:sz w:val="24"/>
@@ -4411,94 +4386,94 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Seguridade</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Social.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00103355">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00103355">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7230"/>
           <w:tab w:val="left" w:pos="9498"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D729D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D729D" w:rsidR="002D729D">
+      <w:r w:rsidR="002D729D" w:rsidRPr="002D729D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002D729D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D729D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4815,126 +4790,112 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>seguinte</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>desdobramento:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...7 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId5"/>
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidSect="002B508A">
+          <w:headerReference w:type="default" r:id="rId7"/>
+          <w:footerReference w:type="default" r:id="rId8"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1281" w:right="1140" w:bottom="318" w:left="1276" w:header="0" w:footer="142" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal0"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="71" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5688"/>
         <w:gridCol w:w="1810"/>
         <w:gridCol w:w="86"/>
         <w:gridCol w:w="1810"/>
         <w:gridCol w:w="86"/>
         <w:gridCol w:w="1810"/>
         <w:gridCol w:w="1896"/>
         <w:gridCol w:w="1896"/>
       </w:tblGrid>
-      <w:tr w:rsidTr="00662086">
-[...13 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="1778"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -5119,231 +5080,225 @@
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="39" w:right="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FISCAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="226"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SEGURIDADE</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="18"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SOCIAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="38" w:right="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TOTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -5378,309 +5333,297 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DIRETA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="485"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RECEITAS</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CORRENTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>impostos,</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -5750,760 +5693,736 @@
                 <w:spacing w:val="12"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>melhoria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>112.229.668,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.925.010,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>114.154.678,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>contribuicoes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.580.040,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.580.040,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>receita</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>patrimonial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.456.947,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.164.985,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.621.932,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>receita</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>industrial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>receita</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -6522,391 +6441,379 @@
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>servicos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>687.540,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>687.540,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>transferencias</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="25"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>correntes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>301.182.103,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30.653.988,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>331.836.091,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>outras</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -6925,198 +6832,192 @@
                 <w:spacing w:val="14"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>correntes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.797.090,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.797.100,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>deducoes</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -7135,214 +7036,208 @@
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>renuncia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>deducoes</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -7361,214 +7256,208 @@
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>restituicoes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>76.755,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>76.755,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>deducoes</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -7604,214 +7493,208 @@
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>concedidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.141.445,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.141.445,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>deducoes</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -7829,220 +7712,214 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>fundeb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>43.359.856,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>43.359.856,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="445"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -8075,216 +7952,210 @@
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Correntes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>371.355.332,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>33.743.993,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>405.099.326,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="485"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RECEITAS</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -8302,155 +8173,149 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CAPITAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>operacoes</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -8469,198 +8334,192 @@
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>credito</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>alienacao</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -8679,198 +8538,192 @@
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>bens</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>transferencias</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -8888,204 +8741,198 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>capital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.331.860,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>70,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.331.930,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="445"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -9135,215 +8982,209 @@
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Capital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.331.890,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>70,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.331.960,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="445"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -9376,215 +9217,209 @@
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Direta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>381.687.222,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>33.744.063,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>415.431.286,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="523"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -9619,165 +9454,159 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>INDIRETA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -9830,313 +9659,301 @@
                 <w:spacing w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="485"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RECEITAS</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CORRENTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>impostos,</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -10206,391 +10023,379 @@
                 <w:spacing w:val="12"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>melhoria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.602.800,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.602.800,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>receita</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>patrimonial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.000.100,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.000.100,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>receita</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -10609,391 +10414,379 @@
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>servicos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>51.089.340,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>51.089.340,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>transferencias</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="25"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>correntes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.000.100,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.000.100,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>outras</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -11012,198 +10805,192 @@
                 <w:spacing w:val="14"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>correntes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>294.600,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>294.600,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>receitas</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -11255,204 +11042,198 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ofss</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.964.300,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.964.400,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="445"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -11485,216 +11266,210 @@
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Correntes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>67.951.240,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>67.951.340,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="485"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RECEITAS</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -11712,155 +11487,149 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CAPITAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>operacoes</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -11879,198 +11648,192 @@
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>credito</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>alienacao</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -12089,198 +11852,192 @@
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>bens</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.001.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.001.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>transferencias</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -12298,204 +12055,198 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>capital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.000.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.000.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="445"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -12545,335 +12296,315 @@
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Capital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.001.100,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.001.100,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00662086">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00662086">
         <w:trPr>
           <w:trHeight w:val="248"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5602" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C37CCD" w:rsidRPr="00EE4A69" w:rsidRDefault="00C37CCD" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidSect="002B508A">
+        <w:sectPr w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidSect="002B508A">
           <w:pgSz w:w="16840" w:h="11910" w:orient="landscape"/>
           <w:pgMar w:top="1276" w:right="1281" w:bottom="1140" w:left="318" w:header="0" w:footer="142" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal0"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="71" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5688"/>
         <w:gridCol w:w="1810"/>
         <w:gridCol w:w="1896"/>
         <w:gridCol w:w="1896"/>
       </w:tblGrid>
-      <w:tr>
-[...13 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="1778"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -13058,196 +12789,190 @@
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="39" w:right="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FISCAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="226"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SEGURIDADE</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="18"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SOCIAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="38" w:right="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TOTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -13313,183 +13038,177 @@
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>69.952.340,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>69.952.440,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="655"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -13541,378 +13260,360 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="485"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RECEITAS</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CORRENTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>receita</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>patrimonial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.405,29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.405,29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>receita</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -13931,152 +13632,146 @@
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>servicos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.141.191,59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.141.191,59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>outras</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -14095,152 +13790,146 @@
                 <w:spacing w:val="14"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>correntes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>32.902,36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>32.902,36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>receitas</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -14292,160 +13981,154 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ofss</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>75.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>75.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="445"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -14478,183 +14161,177 @@
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Correntes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.258.499,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.258.499,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -14720,666 +14397,636 @@
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.258.499,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.258.499,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="654"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SASEMB-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PREVIDENCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="485"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RECEITAS</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CORRENTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>contribuicoes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17.885.793,52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17.885.793,52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>receita</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>patrimonial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.000.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.000.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>receita</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -15398,152 +15045,146 @@
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>servicos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>outras</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -15562,152 +15203,146 @@
                 <w:spacing w:val="14"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>correntes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.730.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.730.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>receitas</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -15759,160 +15394,154 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ofss</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>32.537.512,34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>32.537.512,34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="445"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -15945,365 +15574,353 @@
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Correntes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>59.158.305,86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>59.158.305,86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="22"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SASEMB-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PREVIDENCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>59.158.305,86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>59.158.305,86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -16372,231 +15989,219 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>INDIRETA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="485"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RECEITAS</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CORRENTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>impostos,</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -16666,576 +16271,552 @@
                 <w:spacing w:val="12"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>melhoria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>121.832.468,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.925.010,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>123.757.478,80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>contribuicoes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.580.040,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17.885.793,52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21.465.833,52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>receita</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>patrimonial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.466.452,29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.164.985,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.631.437,89</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>receita</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>industrial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>receita</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -17254,299 +16835,287 @@
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>servicos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>53.918.071,59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>53.923.071,59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>transferencias</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="25"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>correntes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>303.182.203,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30.653.988,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>333.836.191,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>outras</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -17565,152 +17134,146 @@
                 <w:spacing w:val="14"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>correntes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.124.592,36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.730.010,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.854.602,36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>receitas</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -17763,152 +17326,146 @@
                 <w:spacing w:val="12"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ofss</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.039.300,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>32.537.612,34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>35.576.912,34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>deducoes</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -17927,168 +17484,162 @@
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>renuncia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>deducoes</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -18107,168 +17658,162 @@
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>restituicoes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>76.755,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>76.755,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>deducoes</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -18304,168 +17849,162 @@
                 <w:spacing w:val="13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>concedidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.141.445,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.141.445,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>deducoes</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -18483,176 +18022,170 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>fundeb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>43.359.856,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>43.359.856,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="445"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -18685,271 +18218,251 @@
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Correntes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>441.565.071,64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>92.902.399,46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>534.467.471,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="248"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5602" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidSect="002B508A">
+        <w:sectPr w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidSect="002B508A">
           <w:pgSz w:w="16840" w:h="11910" w:orient="landscape"/>
           <w:pgMar w:top="1276" w:right="1281" w:bottom="1140" w:left="318" w:header="0" w:footer="142" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal0"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="71" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5688"/>
         <w:gridCol w:w="1810"/>
         <w:gridCol w:w="1896"/>
         <w:gridCol w:w="1896"/>
       </w:tblGrid>
-      <w:tr>
-[...13 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="1778"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -19134,197 +18647,191 @@
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="39" w:right="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FISCAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="226"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SEGURIDADE</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="18"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SOCIAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="38" w:right="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TOTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="1300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="485"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RECEITAS</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -19334,80 +18841,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DE</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CAPITAL</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="830" w:right="2426"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>operacoes de credito alienacao de bens transferencias de capital</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="445"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -19452,63 +18959,63 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Capital</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00450F6B" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00450F6B" w:rsidRDefault="00450F6B" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="445"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="445"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -19575,653 +19082,642 @@
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Indireta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...19 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>110,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.001.020,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11.331.860,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...19 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>70,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...19 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>110,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.001.020,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11.331.930,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.332.990,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>70,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.333.060,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>453.898.061,64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>92.902.469,46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4A69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>546.800.531,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidSect="002B508A">
+        <w:sectPr w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidSect="002B508A">
           <w:pgSz w:w="16840" w:h="11910" w:orient="landscape"/>
           <w:pgMar w:top="1276" w:right="1281" w:bottom="1140" w:left="318" w:header="0" w:footer="142" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="0015057D" w:rsidP="002B508A">
+    <w:p w:rsidR="00C42967" w:rsidRPr="0015057D" w:rsidRDefault="00E220B3" w:rsidP="002B508A">
       <w:pPr>
         <w:ind w:left="257" w:right="-4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>SEÇÃ</w:t>
       </w:r>
-      <w:r w:rsidRPr="0015057D" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidRPr="0015057D" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0015057D" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="0015057D" w:rsidP="002B508A">
+    <w:p w:rsidR="00C42967" w:rsidRPr="0015057D" w:rsidRDefault="00E220B3" w:rsidP="002B508A">
       <w:pPr>
         <w:ind w:left="172" w:right="298"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DA</w:t>
       </w:r>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
@@ -20265,148 +19761,148 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DA</w:t>
       </w:r>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DESPESA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidP="002B508A">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidRDefault="00C42967" w:rsidP="002B508A">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidP="002B508A">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidRDefault="00C42967" w:rsidP="002B508A">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidP="002B508A">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidRDefault="00C42967" w:rsidP="002B508A">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidP="002B508A">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidRDefault="00C42967" w:rsidP="002B508A">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidP="002B508A">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidRDefault="00C42967" w:rsidP="002B508A">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidP="00EC3237">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidRDefault="00E220B3" w:rsidP="00EC3237">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art</w:t>
       </w:r>
-      <w:r w:rsidRPr="0015057D" w:rsidR="002B508A">
+      <w:r w:rsidR="002B508A" w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="0015057D" w:rsidR="002B508A">
+      <w:r w:rsidR="002B508A" w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>º</w:t>
       </w:r>
       <w:r w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
@@ -21270,1490 +20766,1477 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>seguinte</w:t>
       </w:r>
       <w:r w:rsidR="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>conformidade:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidP="002B508A">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidRDefault="00C42967" w:rsidP="002B508A">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidP="00EC3237">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidRDefault="00E220B3" w:rsidP="00EC3237">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="258"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-4" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R$</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="60"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>338.944.298,34</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(trezentos</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="60"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>trinta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oito</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC3237">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>milhõ</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vecentos</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>quarenta</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>quatro</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mil,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>duzentos</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>noventa</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oito</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>reais</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>trinta</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>quatro</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>centavos)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC3237">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Orç</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>amento</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fiscal;</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidP="002B508A">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidRDefault="00C42967" w:rsidP="002B508A">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidP="00EC3237">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidRDefault="00E220B3" w:rsidP="00EC3237">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5546"/>
           <w:tab w:val="left" w:pos="6150"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R$</w:t>
       </w:r>
       <w:r w:rsidR="007A7C4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>207.856.232,76</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="59"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(duzentos</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="59"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="60"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sete</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC3237">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>milhõ</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oitocentos</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cinquenta</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>seis</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mil,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>duzentos</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>trinta</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dois</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>reais</w:t>
       </w:r>
       <w:r w:rsidR="007A7C4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>setenta</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>seis</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>centavos)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC3237">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Orça</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mento</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Seguridade</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Social.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidP="002B508A">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidRDefault="00C42967" w:rsidP="002B508A">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidP="002B508A">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidRDefault="00C42967" w:rsidP="002B508A">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidP="002B508A">
+    <w:p w:rsidR="00C42967" w:rsidRPr="002B508A" w:rsidRDefault="00E220B3" w:rsidP="002B508A">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0015057D" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0015057D" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>º</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Despesa</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>fixada</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>est</w:t>
       </w:r>
       <w:r w:rsidR="00DB1EB7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>assim</w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B508A" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="002B508A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>desdobrada:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...5 lines deleted...]
-        <w:sectPr w:rsidSect="002B508A">
+        <w:pStyle w:val="Corpodetexto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidSect="002B508A">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1281" w:right="1140" w:bottom="318" w:left="1276" w:header="0" w:footer="142" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="007C6CE9">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="142" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F91B02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00F91B02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F91B02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>POR</w:t>
       </w:r>
       <w:r w:rsidRPr="00F91B02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F91B02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>CATEGORIA</w:t>
       </w:r>
       <w:r w:rsidRPr="00F91B02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F91B02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>ECONOMICA:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+    <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal0"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="71" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5688"/>
         <w:gridCol w:w="1810"/>
         <w:gridCol w:w="1896"/>
         <w:gridCol w:w="1896"/>
       </w:tblGrid>
-      <w:tr>
-[...13 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -22938,201 +22421,195 @@
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>FISCAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SEGURIDADE</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="18"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SOCIAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TOTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -23167,264 +22644,252 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DIRETA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DESPESAS</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="15"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CORRENTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>229.419.566,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>145.280.085,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>374.699.652,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DESPESAS</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -23443,149 +22908,143 @@
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CAPITAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28.375.293,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>365.841,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28.741.134,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RESERVA</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -23603,157 +23062,151 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CONTINGENCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>900.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>900.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="445"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -23785,184 +23238,178 @@
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Direta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>258.694.859,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>145.645.926,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>404.340.786,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -23997,264 +23444,252 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>INDIRETA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DESPESAS</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="15"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CORRENTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>66.728.315,76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>62.175.305,86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>128.903.621,62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DESPESAS</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -24273,149 +23708,143 @@
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CAPITAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13.321.123,48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>35.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13.356.123,48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RESERVA</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -24433,157 +23862,151 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CONTINGENCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>200.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>200.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="445"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -24615,184 +24038,178 @@
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Indireta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>80.249.439,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>62.210.305,86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>142.459.745,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="391"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -24861,264 +24278,252 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>INDIRETA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DESPESAS</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="15"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CORRENTES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>296.147.881,86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>207.455.391,76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>503.603.273,62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DESPESAS</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -25137,149 +24542,143 @@
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CAPITAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>41.696.416,48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>400.841,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>42.097.257,48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RESERVA</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -25297,157 +24696,151 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CONTINGENCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.100.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.100.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="445"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -25513,194 +24906,195 @@
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Indireta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>338.944.298,34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>207.856.232,76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142" w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>546.800.531,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+    <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:sectPr w:rsidSect="007C6CE9">
+        <w:sectPr w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidSect="007C6CE9">
           <w:pgSz w:w="16840" w:h="11910" w:orient="landscape"/>
           <w:pgMar w:top="1276" w:right="1281" w:bottom="1140" w:left="318" w:header="0" w:footer="142" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+    <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="462"/>
         </w:tabs>
         <w:ind w:left="462" w:hanging="258"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C6CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="007C6CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C6CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>POR</w:t>
       </w:r>
       <w:r w:rsidRPr="007C6CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -25729,115 +25123,101 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>DE</w:t>
       </w:r>
       <w:r w:rsidRPr="007C6CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C6CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>GOVERNO:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+    <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal0"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="71" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5688"/>
         <w:gridCol w:w="1810"/>
         <w:gridCol w:w="2488"/>
         <w:gridCol w:w="2409"/>
       </w:tblGrid>
-      <w:tr w:rsidTr="00F91B02">
-[...13 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00F91B02">
         <w:trPr>
           <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="1778"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -26022,195 +25402,189 @@
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="39" w:right="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>FISCAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2488" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="226"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SEGURIDADE</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="18"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SOCIAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="38" w:right="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TOTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00EE6B1D">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00EE6B1D">
         <w:trPr>
           <w:trHeight w:val="7280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -26237,108 +25611,108 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ADMINISTRACAO</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DIRETA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CAMARA</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MUNICIPAL</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CHEFIA</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -26382,62 +25756,62 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DO</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PREFEITO</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00F91B02" w:rsidRDefault="00F91B02" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SECRETARIA</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -26481,108 +25855,108 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ASSUNTOS</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>JURIDICOS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SECR.MUN.CLIMA,MEIO</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="33"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AMB.SUSTENTABILIDADE</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SECRETARIA</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -26609,91 +25983,91 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DE</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="14"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>EDUCACAO</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SEC.MUN.DES.ECONOMICO,CULTURA,TRAB.RENDA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SECRETARIA</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="17"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -26720,61 +26094,61 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="18"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CIDADANIA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SECRETARIA</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -26835,61 +26209,61 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LAZER</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SECRETARIA</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -26933,62 +26307,62 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>GESTAO</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PUBLICA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00F91B02" w:rsidRDefault="00F91B02" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SECR.MUN.</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -27032,61 +26406,61 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>HABITACAO</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SECRETARIA</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -27147,61 +26521,61 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>FINANCAS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SECR.MUN.SEG.PUBLICA</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="19"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -27211,61 +26585,61 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MOB.URBANA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SECRETARIA</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -27309,61 +26683,61 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SERVICOS</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PUBLICOS</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SECRETARIA</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -27390,61 +26764,61 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DE</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="14"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SAUDE</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="2726"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -27476,1544 +26850,1532 @@
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Direta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...29 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15.707.000,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.343.761,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.796.316,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.500.274,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>115.624.707,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.047.070,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00F91B02" w:rsidRDefault="00F91B02" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.697.005,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16.476.739,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>27.705.623,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>25.787.700,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18.061.236,10</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11.047.428,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2488" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...29 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>49.442,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20.406.093,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>125.190.391,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...29 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15.707.000,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.393.203,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.796.316,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.500.274,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>115.624.707,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.047.070,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20.406.093,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.697.005,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16.476.739,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>27.705.623,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>25.787.700,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18.061.236,10</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11.047.428,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE6B1D">
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE6B1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE6B1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91B02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>125.190.391,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00F91B02">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00F91B02">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>257.794.859,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2488" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>145.645.926,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>403.440.786,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00F91B02">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00F91B02">
         <w:trPr>
           <w:trHeight w:val="2089"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -29040,61 +28402,61 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ADMINISTRACAO</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="11"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>INDIRETA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>05-</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -29155,61 +28517,61 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>06-</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -29270,126 +28632,126 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>08-</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="18"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SASEMB-</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PREVIDENCIA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...19 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="2553"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -29421,561 +28783,549 @@
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="13"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Indireta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...29 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>75.390.940,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.658.499,24</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2488" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...29 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>62.210.305,86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...29 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="656"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>75.390.940,00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="743"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.658.499,24</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="656"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>62.210.305,86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00F91B02">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00F91B02">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>80.049.439,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2488" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>62.210.305,86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>142.259.745,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00F91B02">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00F91B02">
         <w:trPr>
           <w:trHeight w:val="1300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...19 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="140"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -30019,61 +29369,61 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DE</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="7"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CONTINGENCIA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="657"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Reserva</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -30088,267 +29438,261 @@
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Contingencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...39 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.100.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2488" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...39 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...39 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.100.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidTr="00F91B02">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5" w:rsidTr="00F91B02">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5688" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="3674"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="7"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -30363,288 +29707,283 @@
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Municipio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>338.944.298,34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2488" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>207.856.232,76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>546.800.531,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+    <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:sectPr w:rsidSect="00EE6B1D">
+        <w:sectPr w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidSect="00EE6B1D">
           <w:pgSz w:w="16840" w:h="11910" w:orient="landscape"/>
           <w:pgMar w:top="1276" w:right="1281" w:bottom="426" w:left="318" w:header="0" w:footer="142" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+    <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="548"/>
         </w:tabs>
         <w:ind w:left="548" w:hanging="344"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C6CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="007C6CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C6CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>POR</w:t>
       </w:r>
       <w:r w:rsidRPr="007C6CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C6CE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>FUNCOES:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+    <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal0"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="71" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="358"/>
         <w:gridCol w:w="172"/>
         <w:gridCol w:w="2585"/>
         <w:gridCol w:w="2572"/>
         <w:gridCol w:w="1810"/>
         <w:gridCol w:w="1896"/>
         <w:gridCol w:w="1896"/>
       </w:tblGrid>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5687" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="1778"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -30835,708 +30174,690 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="39"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>FISCAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="227"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SEGURIDADE</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="18"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SOCIAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TOTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="786"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F91B02" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00F91B02" w:rsidRPr="007C6CE9" w:rsidRDefault="00F91B02" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LEGISLATIVA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15.707.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15.707.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>JUDICIARIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.423.803,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.423.803,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ESSENCIAL</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -31554,3016 +30875,2932 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>JUSTICA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.170.001,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.170.001,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DMINISTRACAO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>34.563.049,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>34.563.049,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SEGURANCA</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="17"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PUBLICA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11.708.513,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11.708.513,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ASSISTENCIA</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SOCIAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20.455.535,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20.455.535,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PREVIDENCIA</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SOCIAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>62.210.305,86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>62.210.305,86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SAUDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>125.190.391,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>125.190.391,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>EDUCACAO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>120.283.206,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>120.283.206,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CULTURA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.192.007,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.192.007,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>URBANISMO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>60.152.763,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>60.152.763,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>HABITACAO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>93.510,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>93.510,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SANEAMENTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>60.250.470,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>60.250.470,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>GESTAO</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="12"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AMBIENTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.942.741,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.942.741,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AGRICULTURA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.599.512,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.599.512,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>INDUSTRIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>COMERCIO</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -34581,531 +33818,519 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SERVICOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>661.015,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>661.015,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TRANSPORTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DESPORTO</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -35123,548 +34348,536 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>LAZER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.697.005,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.697.005,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ENCARGOS</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="15"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ESPECIAIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17.399.697,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17.399.697,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="513"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="49"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RESERVA</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="9"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -35682,266 +34895,260 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CONTINGENCIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.100.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.100.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00163CA5">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="358" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="172" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2585" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2572" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="566"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="7"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -35962,231 +35169,232 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Municipio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>338.944.298,34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>207.856.232,76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00E220B3" w:rsidP="007C6CE9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6CE9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>546.800.531,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidP="007C6CE9">
+    <w:p w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidRDefault="00C42967" w:rsidP="007C6CE9">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:sectPr w:rsidSect="00F91B02">
+        <w:sectPr w:rsidR="00C42967" w:rsidRPr="007C6CE9" w:rsidSect="00F91B02">
           <w:pgSz w:w="16840" w:h="11910" w:orient="landscape"/>
           <w:pgMar w:top="1276" w:right="1281" w:bottom="1140" w:left="318" w:header="0" w:footer="142" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00F91B02">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00F91B02">
       <w:pPr>
         <w:ind w:left="86" w:right="298"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>CAPÍT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F91B02" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00F91B02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ULO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F91B02" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00F91B02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="15"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F91B02" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00F91B02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00E220B3" w:rsidP="00EE4A69">
       <w:pPr>
         <w:ind w:left="43" w:right="341"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F91B02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DAS</w:t>
       </w:r>
       <w:r w:rsidRPr="00F91B02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
@@ -36249,129 +35457,129 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00F91B02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F91B02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FINAIS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00F91B02" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="009F3924">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="009F3924">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="00F91B02">
+      <w:r w:rsidR="00F91B02" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="00F91B02">
+      <w:r w:rsidR="00F91B02" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>º</w:t>
       </w:r>
       <w:r w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
@@ -36925,1076 +36133,1076 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>limites:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00C11006">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00C11006">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00C11006">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00C11006">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2703"/>
           <w:tab w:val="left" w:pos="9356"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(vinte</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>por</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cento</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>total</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>despesa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>fixada,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>constante</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>artigo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>º</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>desta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lei;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="009F3924">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="009F3924">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="009F3924">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="009F3924">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2789"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">II </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>valor</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dotaçã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>consignada</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="58"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>como</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reserva</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contingê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ncia,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>para</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cumprir</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>determinaçõ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>artigos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>º</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.,III,"b",</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lei</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Responsabilidade</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fiscal</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>º</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Portaria</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Interministerial</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>STN/SOF</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>º</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>163/2001.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00F91B02">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00F91B02">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00BA42F9">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00BA42F9">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F91B02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Par</w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
@@ -38398,117 +37606,117 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>em</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="13"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lei.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00714DAB" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00714DAB" w:rsidRDefault="00714DAB" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00F91B02">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="00714DAB">
+      <w:r w:rsidR="00714DAB" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="00714DAB">
+      <w:r w:rsidR="00714DAB" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>º</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
@@ -38773,4900 +37981,4893 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ditos</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>suplementares:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00714DAB">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00714DAB">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00714DAB">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00714DAB">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="172"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-4" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>necessá</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rios</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ao</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cumprimento</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="13"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vinculaçõ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>constitucionais,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>legais</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="13"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="66"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>convê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nios</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>congê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>neres,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>até</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>limite</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>das</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sobras</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>exercí</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cios</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>anteriores</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>desses</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>recursos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>seu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>excesso</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>arrecadaçã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>em</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2026;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00F91B02">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00714DAB">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00714DAB">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2789"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">II- </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vinculados</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>operaçõ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cré</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dito</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>até</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>limite</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="59"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>valores</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="59"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>contratados</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>desde</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nao</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>incluí</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>na</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>estimativa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>receita</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>constante</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>desta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lei;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00F91B02">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00714DAB">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00714DAB">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2789"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>destinados</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="59"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cobrir</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="60"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>insuficiê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ncias</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="59"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="60"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dotaçõ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="59"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>orç</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>amentarias</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="60"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>grupos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>natureza</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="61"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="61"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>despesa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="60"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>"Pessoal</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Encargos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sociais",</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>"Juros</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Encargos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Divida"</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>"Amortizaçã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Divida",</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>limite</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>soma</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>valores</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atribuí</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>esses</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>grupos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>quando</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>para</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atender</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="60"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ao</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="60"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pagamento</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sentença</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>judiciais</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>condiçõ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>formas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>determinadas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pela</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Constituiçã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
       <w:r w:rsidR="009F3924">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>limite</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20%</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(vinte</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>por</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cento)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>soma</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>valores</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>grupos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>despesas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00714DAB">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00714DAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2789"/>
           <w:tab w:val="left" w:pos="4685"/>
           <w:tab w:val="left" w:pos="5805"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00C96409">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>para</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>melhorar</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="54"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eficiê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ncia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>na</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>execuçã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>programas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>por</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>meio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="49"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>reforç</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dotaçõ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>usando-se</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>como</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>recurso</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>anulaçã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dotaçõ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cré</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ditos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="54"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>outras</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="54"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>açõ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>termos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="54"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>artigo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>43,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pará</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>grafo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>º</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>inciso</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lei</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>4.320/64,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="61"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">até </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="51"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>limite</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="52"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1/3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(um</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>terç</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>receita</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>prevista</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>para</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>exercí</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cio;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00F91B02">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00714DAB" w:rsidP="00714DAB">
+    <w:p w:rsidR="00714DAB" w:rsidRDefault="00714DAB" w:rsidP="00714DAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2789"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00714DAB">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00714DAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2789"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>destinados</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cobertura</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>despesas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>entidades</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Administraçã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00714DAB" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Indireta,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="58"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>até</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="58"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="58"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>limite</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="58"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="58"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>respectivos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="58"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>superavits</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="58"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>financeiros</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
       <w:r w:rsidR="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>exercicio</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>anterior,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bem</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>como</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>excesso</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>arrecadaçã</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>das</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="55"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>suas</w:t>
       </w:r>
       <w:r w:rsidR="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>receitas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>proprias,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>somado</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="59"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ao</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="60"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>excesso</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="59"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="60"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>transfer</w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ê</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ncias</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="59"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>financeiras</w:t>
       </w:r>
       <w:r w:rsidR="00714DAB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>elas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>efetuadas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>durante</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>exerc</w:t>
       </w:r>
       <w:r w:rsidR="00226B70">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>í</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cio;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00F91B02">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0015057D" w:rsidP="0015057D">
+    <w:p w:rsidR="0015057D" w:rsidRDefault="00E220B3" w:rsidP="0015057D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2789"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>V</w:t>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>destinados</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cobrir</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00444950">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>insuficiê</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ncias</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE5D7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>â</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mbito</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>do</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>programa</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00444950">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>previdê</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="0015057D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ncia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...66 lines deleted...]
-          <w:spacing w:val="10"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>municipal,</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00444950">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>insuficiê</w:t>
-[...94 lines deleted...]
-      <w:r w:rsidRPr="0015057D" w:rsidR="0031214C">
+        <w:lastRenderedPageBreak/>
+        <w:t>até</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>limite</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="0015057D" w:rsidR="0031214C">
-[...43 lines deleted...]
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00444950">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20%</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(vinte</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>por</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cento)</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
-[...101 lines deleted...]
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cada</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uma</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="56"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="57"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>suas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00444950">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>açõ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE4A69" w:rsidR="0031214C">
+      <w:r w:rsidR="0031214C" w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0015057D" w:rsidP="0015057D">
+    <w:p w:rsidR="0015057D" w:rsidRDefault="0015057D" w:rsidP="0015057D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2789"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0015057D" w:rsidP="00444950">
+    <w:p w:rsidR="0015057D" w:rsidRDefault="0015057D" w:rsidP="00444950">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2789"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00444950">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00444950">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2789"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art</w:t>
       </w:r>
-      <w:r w:rsidRPr="0015057D" w:rsidR="00F91B02">
+      <w:r w:rsidR="00F91B02" w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="0015057D" w:rsidR="00F91B02">
+      <w:r w:rsidR="00F91B02" w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>º</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="58"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
@@ -44462,118 +43663,118 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2000.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00F91B02">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00F91B02">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00714DAB">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00714DAB">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art</w:t>
       </w:r>
-      <w:r w:rsidRPr="0015057D" w:rsidR="00714DAB">
+      <w:r w:rsidR="00714DAB" w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="0015057D" w:rsidR="00714DAB">
+      <w:r w:rsidR="00714DAB" w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>º</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="58"/>
           <w:w w:val="150"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
@@ -45422,90 +44623,90 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00D564C4">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art</w:t>
       </w:r>
-      <w:r w:rsidRPr="0015057D" w:rsidR="00F91B02">
+      <w:r w:rsidR="00F91B02" w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -46083,91 +45284,91 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>esses</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>procedimentos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00EE4A69">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00EE4A69">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00BB19FE">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00BB19FE">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00BB19FE">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00E220B3" w:rsidP="00BB19FE">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art</w:t>
       </w:r>
-      <w:r w:rsidRPr="0015057D" w:rsidR="00F91B02">
+      <w:r w:rsidR="00F91B02" w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -46718,90 +45919,90 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>adicionais.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00F91B02">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00F91B02">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidP="00F91B02">
+    <w:p w:rsidR="00C42967" w:rsidRDefault="00E220B3" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art</w:t>
       </w:r>
-      <w:r w:rsidRPr="0015057D" w:rsidR="00F91B02">
+      <w:r w:rsidR="00F91B02" w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -47008,2297 +46209,2338 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE4A69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2026.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0015057D" w:rsidP="00F91B02">
+    <w:p w:rsidR="0015057D" w:rsidRDefault="0015057D" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0015057D" w:rsidP="00F91B02">
+    <w:p w:rsidR="0015057D" w:rsidRDefault="0015057D" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0015057D" w:rsidP="00F91B02">
+    <w:p w:rsidR="0015057D" w:rsidRDefault="0015057D" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0015057D" w:rsidP="00F91B02">
+    <w:p w:rsidR="0015057D" w:rsidRDefault="00E220B3" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pref</w:t>
       </w:r>
       <w:r w:rsidR="00F12D73">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eitura Municipal de Bebedouro, 29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de setembro de 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0015057D" w:rsidP="00F91B02">
+    <w:p w:rsidR="0015057D" w:rsidRDefault="0015057D" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0015057D" w:rsidP="00F91B02">
+    <w:p w:rsidR="0015057D" w:rsidRDefault="0015057D" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0015057D" w:rsidP="00F91B02">
+    <w:p w:rsidR="0015057D" w:rsidRDefault="0015057D" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0015057D" w:rsidRPr="0015057D" w:rsidP="00F91B02">
+    <w:p w:rsidR="0015057D" w:rsidRPr="0015057D" w:rsidRDefault="00E220B3" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lucas Gibin Seren</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0015057D" w:rsidP="00F91B02">
+    <w:p w:rsidR="0015057D" w:rsidRDefault="00E220B3" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015057D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prefeito Municipal</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00114224" w:rsidP="00F91B02">
+    <w:p w:rsidR="00114224" w:rsidRDefault="00114224" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00114224" w:rsidP="00F91B02">
+    <w:p w:rsidR="00114224" w:rsidRDefault="00114224" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00114224" w:rsidP="00F91B02">
+    <w:p w:rsidR="00114224" w:rsidRDefault="00114224" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidP="00F91B02">
+    <w:p w:rsidR="00D564C4" w:rsidRDefault="00D564C4" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidP="00F91B02">
+    <w:p w:rsidR="00D564C4" w:rsidRDefault="00D564C4" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidP="00F91B02">
+    <w:p w:rsidR="00D564C4" w:rsidRDefault="00D564C4" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidP="00F91B02">
+    <w:p w:rsidR="00D564C4" w:rsidRDefault="00D564C4" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidP="00F91B02">
+    <w:p w:rsidR="00D564C4" w:rsidRDefault="00D564C4" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidP="00F91B02">
+    <w:p w:rsidR="00D564C4" w:rsidRDefault="00D564C4" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidP="00F91B02">
+    <w:p w:rsidR="00D564C4" w:rsidRDefault="00D564C4" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB5E91" w:rsidP="00F91B02">
+    <w:p w:rsidR="00AB5E91" w:rsidRDefault="00AB5E91" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB5E91" w:rsidP="00F91B02">
+    <w:p w:rsidR="00AB5E91" w:rsidRDefault="00AB5E91" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB5E91" w:rsidP="00F91B02">
+    <w:p w:rsidR="00AB5E91" w:rsidRDefault="00AB5E91" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB5E91" w:rsidP="00F91B02">
+    <w:p w:rsidR="00AB5E91" w:rsidRDefault="00AB5E91" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F12D73" w:rsidP="00F91B02">
+    <w:p w:rsidR="00F12D73" w:rsidRDefault="00F12D73" w:rsidP="00F91B02">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB5E91" w:rsidP="00AB5E91">
+    <w:p w:rsidR="00AB5E91" w:rsidRDefault="00AB5E91" w:rsidP="00AB5E91">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00946945" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00946945" w:rsidRDefault="00E220B3" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00946945">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Bebedouro</w:t>
       </w:r>
       <w:r w:rsidR="00F12D73">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Capital Nacional da Laranja, 29</w:t>
       </w:r>
       <w:r w:rsidRPr="00946945">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de setembro de 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00946945" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00946945" w:rsidRDefault="00E220B3" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00946945">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OEP/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>293/2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00946945" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00946945" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00946945" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00946945" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00946945" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00946945" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00946945" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00946945" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidRDefault="00E220B3" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA64C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Senhor Presidente;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidRDefault="00E220B3" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="-4"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA64C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Encaminhamos para apreciação e aprovação dessa Egrégia Câmara, o Projeto de Lei que “Estima a Receita e Fixa a Despesa do Município para o Exercício de 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA64C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="-4"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="-4"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00AA64C6" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRDefault="00E220B3" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA64C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cordialmente</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00C30096" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00C30096" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00C30096" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00C30096" w:rsidRDefault="00E220B3" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C30096">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lucas Gibin Seren</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00C30096" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00C30096" w:rsidRDefault="00E220B3" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C30096">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prefeito Municipal</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142" w:right="1335"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="0015057D" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="0015057D" w:rsidRDefault="00D564C4" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidP="00D564C4">
+    <w:p w:rsidR="00C42967" w:rsidRDefault="00C42967" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B5BCD" w:rsidP="00D564C4">
+    <w:p w:rsidR="008B5BCD" w:rsidRDefault="008B5BCD" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B5BCD" w:rsidP="00D564C4">
+    <w:p w:rsidR="008B5BCD" w:rsidRDefault="008B5BCD" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B5BCD" w:rsidRPr="0015057D" w:rsidP="00D564C4">
+    <w:p w:rsidR="008B5BCD" w:rsidRPr="0015057D" w:rsidRDefault="008B5BCD" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00D564C4">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00D564C4">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00D564C4">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00D564C4">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00D564C4">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00D564C4">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidP="00D564C4">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00EE4A69" w:rsidRDefault="00C42967" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00D564C4" w:rsidP="00D564C4">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00D564C4" w:rsidRDefault="00C42967" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C42967" w:rsidRPr="00D564C4" w:rsidP="00D564C4">
+    <w:p w:rsidR="00C42967" w:rsidRPr="00D564C4" w:rsidRDefault="00E220B3" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D564C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A Sua Excelência o Senhor</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00D564C4" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00D564C4" w:rsidRDefault="00E220B3" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D564C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Artur Ernesto Henrique</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D564C4" w:rsidRPr="00D564C4" w:rsidP="00D564C4">
+    <w:p w:rsidR="00D564C4" w:rsidRPr="00D564C4" w:rsidRDefault="00E220B3" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D564C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Presidente da Câmara Municipal de Bebedouro</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB5E91" w:rsidP="00D564C4">
+    <w:p w:rsidR="00AB5E91" w:rsidRDefault="00E220B3" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D564C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Bebedouro-SP</w:t>
       </w:r>
       <w:r w:rsidRPr="00D564C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00AB5E91" w:rsidP="00D564C4">
+    <w:p w:rsidR="00AB5E91" w:rsidRDefault="00AB5E91" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB5E91" w:rsidP="00D564C4">
+    <w:p w:rsidR="00AB5E91" w:rsidRDefault="00AB5E91" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB5E91" w:rsidP="00D564C4">
+    <w:p w:rsidR="00AB5E91" w:rsidRDefault="00AB5E91" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB5E91" w:rsidP="00D564C4">
+    <w:p w:rsidR="00AB5E91" w:rsidRDefault="00AB5E91" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB5E91" w:rsidP="00D564C4">
+    <w:p w:rsidR="00AB5E91" w:rsidRDefault="00AB5E91" w:rsidP="00D564C4">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidSect="00AB5E91">
+    <w:sectPr w:rsidR="00AB5E91" w:rsidSect="00AB5E91">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1281" w:right="1278" w:bottom="318" w:left="1276" w:header="0" w:footer="142" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00E220B3" w:rsidRDefault="00E220B3">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00E220B3" w:rsidRDefault="00E220B3">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="004018EF" w:rsidRPr="00AB5E91" w:rsidP="004018EF">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="004018EF" w:rsidRPr="00AB5E91" w:rsidRDefault="00E220B3" w:rsidP="004018EF">
     <w:pPr>
-      <w:pStyle w:val="BodyText"/>
+      <w:pStyle w:val="Corpodetexto"/>
       <w:ind w:left="142"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AB5E91">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>“Deus seja Louvado”</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="007A7C4F">
+  <w:p w:rsidR="007A7C4F" w:rsidRDefault="00E220B3">
     <w:pPr>
-      <w:pStyle w:val="BodyText"/>
+      <w:pStyle w:val="Corpodetexto"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>3634844</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10463689</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="173355" cy="128905"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Textbox 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
-                  <wps:wsp xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="173355" cy="128905"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="007A7C4F">
+                        <w:p w:rsidR="007A7C4F" w:rsidRDefault="00E220B3">
                           <w:pPr>
-                            <w:pStyle w:val="BodyText"/>
+                            <w:pStyle w:val="Corpodetexto"/>
                             <w:spacing w:before="23"/>
                             <w:ind w:left="20"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-5"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-5"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-5"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r w:rsidR="00283211">
                             <w:rPr>
                               <w:noProof/>
                               <w:spacing w:val="-5"/>
                             </w:rPr>
                             <w:t>4</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-5"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textbox 1" o:spid="_x0000_s2049" type="#_x0000_t202" style="width:13.65pt;height:10.15pt;margin-top:823.9pt;margin-left:286.2pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-wrap-distance-bottom:0;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-wrap-distance-top:0;mso-wrap-style:square;position:absolute;visibility:visible;v-text-anchor:top;z-index:-251656192" filled="f" stroked="f">
-              <v:path arrowok="t" textboxrect="0,0,21600,21600"/>
+            <v:shape id="Textbox 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:286.2pt;margin-top:823.9pt;width:13.65pt;height:10.15pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaxFNxkAEAAAsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUttu2zAMfS/QfxD03thJkV6MOAXWYkOB&#10;YS3Q7gNkWYoNWKJKqrHz96OUS4v1bdiLRPFydHjI1d3kBrE1SD34Ws5npRTGa2h7v6nl79fvFzdS&#10;UFS+VQN4U8udIXm3Pj9bjaEyC+hgaA0KBvFUjaGWXYyhKgrSnXGKZhCM56AFdCryEzdFi2pkdDcU&#10;i7K8KkbANiBoQ8Teh31QrjO+tUbHJ2vJRDHUkrnFfGI+m3QW65WqNqhC1+sDDfUPLJzqPX96gnpQ&#10;UYl37L9AuV4jENg40+AKsLbXJvfA3czLv7p56VQwuRcWh8JJJvp/sPrX9hlF3/LspPDK8YhezRQb&#10;mMQ8iTMGqjjnJXBWnL7BlBIPfmJn6nmy6NLN3QiOs8y7k7SMJXQqur68XC6l0ByaL25uy2VCKT6K&#10;A1L8YcCJZNQSeXJZULX9SXGfekzhukRr/32y4tRMB04NtDumOvJEa0lv7wqNFMOjZ8nS+I8GHo3m&#10;aGAc7iEvSfosobLimeFhO9JIP79z1scOr/8AAAD//wMAUEsDBBQABgAIAAAAIQDaZCdi4gAAAA0B&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfgHa5F6Kw4IEpLGQahqT5WqhvTQoxObxCJe&#10;p7GB9O+7nOhxZ55mZ/LdZHt20aM3DgUsFxEwjY1TBlsBX9Xb0xaYDxKV7B1qAb/aw66YPeQyU+6K&#10;pb4cQssoBH0mBXQhDBnnvum0lX7hBo3kHd1oZaBzbLka5ZXCbc9XURRzKw3Sh04O+qXTzelwtgL2&#10;31i+mp+P+rM8lqaq0gjf45MQj/Np/wws6CncYbjVp+pQUKfanVF51gvYJKs1oWTE64RGELJJ0wRY&#10;fZPi7RJ4kfP/K4o/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFrEU3GQAQAACwMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANpkJ2LiAAAADQEA&#10;AA8AAAAAAAAAAAAAAAAA6gMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD5BAAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w:rsidR="007A7C4F">
+                  <w:p w:rsidR="007A7C4F" w:rsidRDefault="00E220B3">
                     <w:pPr>
-                      <w:pStyle w:val="BodyText"/>
+                      <w:pStyle w:val="Corpodetexto"/>
                       <w:spacing w:before="23"/>
                       <w:ind w:left="20"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r w:rsidR="00283211">
                       <w:rPr>
                         <w:noProof/>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:t>4</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00E220B3" w:rsidRDefault="00E220B3">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00E220B3" w:rsidRDefault="00E220B3">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="007A7C4F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="007A7C4F" w:rsidRDefault="00E220B3">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r w:rsidRPr="007C7EEF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="5457825" cy="1085850"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="2" name="Imagem 2" descr="cabeçalho_brasão"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="688516421" name="Imagem 1" descr="cabeçalho_brasão"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5457825" cy="1085850"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C37CCD">
+  <w:p w:rsidR="00C37CCD" w:rsidRDefault="00C37CCD">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00C37CCD">
+  <w:p w:rsidR="00C37CCD" w:rsidRDefault="00E220B3">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <w:drawing>
-        <wp:anchor simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="rightMargin">
             <wp:align>center</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:align>center</wp:align>
           </wp:positionV>
           <wp:extent cx="381000" cy="4743450"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="100005" name="Sino.Siscam.Desktop.Carimbo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="100006" name=""/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+                  <a:blip r:embed="rId2"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="381000" cy="4743450"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00BF4928"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="73D4152E"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="D85CE77C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2789" w:hanging="173"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="102"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1" w:tplc="1F0A4692">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3650" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="2" w:tplc="DD48BF4C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4520" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="3" w:tplc="4202B5AC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5390" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="4" w:tplc="0ABC23E2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6260" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="5" w:tplc="00F874B2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7130" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="6" w:tplc="34F05934">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8000" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="7" w:tplc="9B9C466C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8871" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="8" w:tplc="0A862CB4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9741" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F2D378D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A6088FE"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="1F58BE18">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="161A3F34" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="2EB40302" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="CA34C024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="BD52A80E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="CE040870" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0D1EB718" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="BBC6450A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="F77AC654" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23A93B64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4682660E"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="88687F5C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2789" w:hanging="173"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="102"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1" w:tplc="4E9E6BC2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3650" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="2" w:tplc="7194D064">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4520" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="3" w:tplc="3C20F480">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5390" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="4" w:tplc="74E29346">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6260" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="5" w:tplc="8F16B37E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7130" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="6" w:tplc="8EE0AF76">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8000" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="7" w:tplc="C6927832">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8871" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="8" w:tplc="7EF4C578">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9741" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53EC5C4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D172BE26"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="1A884CD4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="DB18CBAC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="1262917C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="EEA86872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="617427D4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="377014C6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="373A2FE6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="E312AF22" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="332C86BC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B3C2B10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9B44FB26"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="ED1A9FE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="376" w:hanging="173"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="102"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="6F3836FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2703" w:hanging="173"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="102"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="2" w:tplc="FABA7E6C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3675" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="3" w:tplc="5D200914">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4651" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="4" w:tplc="9C46C3C0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5627" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="5" w:tplc="35B6F29C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6602" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="6" w:tplc="DA4C2D4A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7578" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="7" w:tplc="CB667E98">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8554" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="8" w:tplc="F30235AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9530" w:hanging="173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75790471"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="10CA66A0"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="E042E56A">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5547" w:hanging="259"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="102"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1" w:tplc="B350B988">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6134" w:hanging="259"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="2" w:tplc="1BA02052">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6728" w:hanging="259"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="3" w:tplc="603C6838">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7322" w:hanging="259"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="4" w:tplc="C5AC1104">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7916" w:hanging="259"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="5" w:tplc="1C60D672">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8510" w:hanging="259"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="6" w:tplc="857A1C0A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9104" w:hanging="259"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="7" w:tplc="1362FF52">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9699" w:hanging="259"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="8" w:tplc="8E34F4F8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10293" w:hanging="259"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C42967"/>
     <w:rsid w:val="00026B9A"/>
     <w:rsid w:val="00103355"/>
     <w:rsid w:val="001036C8"/>
     <w:rsid w:val="00114224"/>
     <w:rsid w:val="00132C95"/>
     <w:rsid w:val="001369F6"/>
     <w:rsid w:val="001439C3"/>
     <w:rsid w:val="0015057D"/>
+    <w:rsid w:val="00163CA5"/>
     <w:rsid w:val="00190B52"/>
     <w:rsid w:val="00226B70"/>
     <w:rsid w:val="002464B7"/>
     <w:rsid w:val="00253792"/>
     <w:rsid w:val="00283211"/>
     <w:rsid w:val="002B14C9"/>
     <w:rsid w:val="002B25AB"/>
     <w:rsid w:val="002B508A"/>
     <w:rsid w:val="002D729D"/>
     <w:rsid w:val="0031214C"/>
     <w:rsid w:val="003219CC"/>
     <w:rsid w:val="003B236D"/>
     <w:rsid w:val="004018EF"/>
     <w:rsid w:val="00444950"/>
     <w:rsid w:val="00450F6B"/>
     <w:rsid w:val="004513F0"/>
     <w:rsid w:val="00522F74"/>
     <w:rsid w:val="005354B8"/>
     <w:rsid w:val="00572534"/>
     <w:rsid w:val="00654E1F"/>
     <w:rsid w:val="00714DAB"/>
     <w:rsid w:val="007A7C4F"/>
     <w:rsid w:val="007C6CE9"/>
     <w:rsid w:val="008B5BCD"/>
     <w:rsid w:val="008D687F"/>
     <w:rsid w:val="00946945"/>
     <w:rsid w:val="009751C0"/>
     <w:rsid w:val="009952E1"/>
     <w:rsid w:val="009F3924"/>
     <w:rsid w:val="00A21B3A"/>
     <w:rsid w:val="00A26F5C"/>
     <w:rsid w:val="00AA64C6"/>
     <w:rsid w:val="00AB5E91"/>
     <w:rsid w:val="00AE0049"/>
     <w:rsid w:val="00AE5740"/>
     <w:rsid w:val="00BA42F9"/>
     <w:rsid w:val="00BB024F"/>
     <w:rsid w:val="00BB19FE"/>
     <w:rsid w:val="00BE5D7E"/>
     <w:rsid w:val="00C11006"/>
     <w:rsid w:val="00C30096"/>
     <w:rsid w:val="00C37CCD"/>
     <w:rsid w:val="00C42967"/>
     <w:rsid w:val="00C96409"/>
     <w:rsid w:val="00CE73CC"/>
     <w:rsid w:val="00D564C4"/>
     <w:rsid w:val="00D938A9"/>
     <w:rsid w:val="00DB1EB7"/>
     <w:rsid w:val="00DB73F5"/>
+    <w:rsid w:val="00E220B3"/>
     <w:rsid w:val="00E86913"/>
     <w:rsid w:val="00EB59DD"/>
     <w:rsid w:val="00EC3237"/>
     <w:rsid w:val="00EE4A69"/>
     <w:rsid w:val="00EE6B1D"/>
     <w:rsid w:val="00F12D73"/>
+    <w:rsid w:val="00F256A5"/>
     <w:rsid w:val="00F91B02"/>
     <w:rsid w:val="00FF3D97"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="49A8B2E3"/>
   <w15:docId w15:val="{2AED2EED-D973-4E6F-82A5-77A3D7EF40F1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -49360,98 +48602,95 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -49626,203 +48865,212 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
     <w:name w:val="Table Normal_0"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="Corpodetexto">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CorpodetextoChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="PargrafodaLista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="2789" w:hanging="258"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CabealhoChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002464B7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
     <w:name w:val="Cabeçalho Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Header"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Cabealho"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002464B7"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="RodapChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002464B7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
     <w:name w:val="Rodapé Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Footer"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Rodap"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002464B7"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CorpodetextoChar">
     <w:name w:val="Corpo de texto Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="BodyText"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Corpodetexto"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00D564C4"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
       <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -50068,76 +49316,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>12248</Characters>
+  <Pages>1</Pages>
+  <Words>2262</Words>
+  <Characters>12219</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
+  <Lines>101</Lines>
   <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14487</CharactersWithSpaces>
+  <CharactersWithSpaces>14453</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Luis Rogerio Padovan Inacio</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-09-26T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2025-09-26T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Producer">